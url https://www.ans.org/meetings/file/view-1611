--- v0 (2025-10-27)
+++ v1 (2026-02-05)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="186EB6FD" w14:textId="77777777" w:rsidR="007A1475" w:rsidRPr="00B82161" w:rsidRDefault="007A1475" w:rsidP="00B82161">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="0" w:after="280"/>
       </w:pPr>
       <w:r w:rsidRPr="007C7939">
         <w:t>Title of the Paper Goes Here: Capitalize the First Letter of Major Words, Centered, 14-Point Times New Roman, On the Second Line from the Top Margin, Not More Than Three Lines Long</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6EBBFC" w14:textId="77777777" w:rsidR="007A1475" w:rsidRPr="00711B08" w:rsidRDefault="007A1475" w:rsidP="00711B08">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="0" w:after="220"/>
         <w:contextualSpacing/>
@@ -176,60 +176,55 @@
       <w:r w:rsidRPr="007C7939">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Name of Institute</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7939">
         <w:t>, City, State</w:t>
       </w:r>
       <w:r w:rsidR="009F546C" w:rsidRPr="007C7939">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="007C7939">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7939">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Name of Institute</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7939">
-        <w:t xml:space="preserve">, City, </w:t>
-[...3 lines deleted...]
-        <w:t>State</w:t>
+        <w:t>, City, State</w:t>
       </w:r>
       <w:r w:rsidR="00B82161">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="572E13BA" w14:textId="77777777" w:rsidR="009F546C" w:rsidRDefault="00A759F5" w:rsidP="00B82161">
       <w:pPr>
         <w:spacing w:before="0" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="007A1475" w:rsidRPr="007C7939">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Name of Institute</w:t>
       </w:r>
       <w:r w:rsidR="007A1475" w:rsidRPr="007C7939">
         <w:t>, City, State</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DB7BE29" w14:textId="77777777" w:rsidR="00B82161" w:rsidRPr="00B82161" w:rsidRDefault="00B82161" w:rsidP="00B82161">
       <w:pPr>
@@ -422,83 +417,68 @@
       <w:r w:rsidR="00CD0BA4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE7C97">
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidR="00CD0BA4">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="008E4FE0">
         <w:t>3-5</w:t>
       </w:r>
       <w:r w:rsidR="00CD0BA4">
         <w:t>].</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="00A773EC">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> automatic reference manager, such as Zotero, is recommended.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58117391" w14:textId="7F4B05B5" w:rsidR="00051533" w:rsidRDefault="008E4FE0" w:rsidP="00B82161">
+    <w:p w14:paraId="58117391" w14:textId="59323A03" w:rsidR="00051533" w:rsidRDefault="008E4FE0" w:rsidP="00B82161">
       <w:r w:rsidRPr="008E4FE0">
-        <w:t xml:space="preserve">The full paper should be laid out and formatted according to this template. Because the paper will be included as a .pdf file for the proceedings, the author will get the best results from Word or WordPerfect by using the Acrobat Distiller or Acrobat </w:t>
-[...13 lines deleted...]
-        <w:t>-10 pages.  The limit for full-paper submissions is 10 pages.  If an exception is made and a paper over 10 pages is accepted, page charges are $100/page for p. 11 and above.</w:t>
+        <w:t>The full paper should be laid out and formatted according to this template. Because the paper will be included as a .pdf file for the proceedings, the author will get the best results from Word or WordPerfect by using the Acrobat Distiller or Acrobat PDFWriter as the default printer.  When creating the PDF version, check the “Embed All Fonts” option.  Note that it is the author’s responsibility to review the final PDF version of the paper to ensure proper translation into PDF.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="308B5B97" w14:textId="77777777" w:rsidR="002C10B0" w:rsidRPr="00DB5909" w:rsidRDefault="008E4FE0" w:rsidP="00B82161">
       <w:r w:rsidRPr="008E4FE0">
         <w:t>Do not include bookmarks or hyperlinks to references, figures, and tables in the text of your paper in your final PDF document. Do not include highlighting, page numbers, headers, or footers.</w:t>
       </w:r>
       <w:r w:rsidR="0043258A">
         <w:t xml:space="preserve"> Do not save your PDF as “read only.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D45887E" w14:textId="77777777" w:rsidR="002C10B0" w:rsidRPr="008E4FE0" w:rsidRDefault="002C10B0" w:rsidP="002E292E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="008E4FE0">
-        <w:lastRenderedPageBreak/>
         <w:t>SECOND OR SUBSEQUENT MAJOR HEADING</w:t>
       </w:r>
       <w:r w:rsidR="00212873" w:rsidRPr="008E4FE0">
         <w:t xml:space="preserve"> (FONT SIZE 1</w:t>
       </w:r>
       <w:r w:rsidR="00213670" w:rsidRPr="008E4FE0">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00212873" w:rsidRPr="008E4FE0">
         <w:t xml:space="preserve"> POINT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F924568" w14:textId="77777777" w:rsidR="00067502" w:rsidRPr="008E4FE0" w:rsidRDefault="002C10B0" w:rsidP="00B82161">
       <w:r w:rsidRPr="00593473">
         <w:t>A logical</w:t>
       </w:r>
       <w:r w:rsidRPr="00493F85">
         <w:t xml:space="preserve"> division of </w:t>
       </w:r>
       <w:r w:rsidR="00926E1A">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00493F85">
         <w:t xml:space="preserve"> paper into sections, etc., makes it so much easier to understand. All text in this template is “</w:t>
       </w:r>
@@ -508,50 +488,51 @@
       <w:r w:rsidRPr="00493F85">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00530AFA">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00493F85">
         <w:t xml:space="preserve"> Make sure to </w:t>
       </w:r>
       <w:r w:rsidRPr="00493F85">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>avoid widow/orphan</w:t>
       </w:r>
       <w:r w:rsidRPr="00493F85">
         <w:t xml:space="preserve"> lines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="497D7588" w14:textId="77777777" w:rsidR="002C10B0" w:rsidRPr="00530AFA" w:rsidRDefault="002C10B0" w:rsidP="002E292E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00530AFA">
+        <w:lastRenderedPageBreak/>
         <w:t>Subsection Title: First Character of Each Non-trivial Word is Uppercase</w:t>
       </w:r>
       <w:r w:rsidR="0031491A" w:rsidRPr="00530AFA">
         <w:t xml:space="preserve"> (1</w:t>
       </w:r>
       <w:r w:rsidR="00213670" w:rsidRPr="00530AFA">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0031491A" w:rsidRPr="00530AFA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E52FCE" w:rsidRPr="00530AFA">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031491A" w:rsidRPr="00530AFA">
         <w:t>oint)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D12B892" w14:textId="77777777" w:rsidR="002C10B0" w:rsidRPr="00493F85" w:rsidRDefault="00530AFA" w:rsidP="00B82161">
       <w:r w:rsidRPr="00493F85">
         <w:t xml:space="preserve">The style for subsection titles and all text in this template is “Heading 2,” “Heading 3,” etc. </w:t>
       </w:r>
       <w:r w:rsidR="002C10B0" w:rsidRPr="00493F85">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -621,51 +602,51 @@
         <w:tblW w:w="9805" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9085"/>
         <w:gridCol w:w="720"/>
       </w:tblGrid>
       <w:tr w:rsidR="006B5FCF" w:rsidRPr="006B5FCF" w14:paraId="6F3A9EF1" w14:textId="77777777" w:rsidTr="006C2422">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="610B98C5" w14:textId="77777777" w:rsidR="006B5FCF" w:rsidRPr="006B5FCF" w:rsidRDefault="00034E0A" w:rsidP="006C2422">
+          <w:p w14:paraId="610B98C5" w14:textId="77777777" w:rsidR="006B5FCF" w:rsidRPr="006B5FCF" w:rsidRDefault="004C10B0" w:rsidP="006C2422">
             <w:pPr>
               <w:pStyle w:val="Equation"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:f>
                   <m:fPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:fPr>
                   <m:num>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <m:t>d</m:t>
@@ -969,51 +950,51 @@
     </w:p>
     <w:p w14:paraId="1B04C448" w14:textId="77777777" w:rsidR="00017E5B" w:rsidRPr="00017E5B" w:rsidRDefault="00017E5B" w:rsidP="00AA1BED">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00017E5B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C0C4681" wp14:editId="1DF9766B">
             <wp:extent cx="3253888" cy="2743039"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:docPr id="1" name="Picture 1" descr="Chart&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Picture 6" descr="Chart&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3263221" cy="2750906"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="20EABD8C" w14:textId="77777777" w:rsidR="00A22F0A" w:rsidRPr="002802C5" w:rsidRDefault="00017E5B" w:rsidP="00016528">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Ref129780275"/>
@@ -1058,51 +1039,50 @@
       </w:r>
       <w:r w:rsidR="00B24A64" w:rsidRPr="008E4FE0">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="008E4FE0">
         <w:t xml:space="preserve"> paper</w:t>
       </w:r>
       <w:r w:rsidR="00016528">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62751401" w14:textId="77777777" w:rsidR="00132726" w:rsidRPr="008E4FE0" w:rsidRDefault="00132726" w:rsidP="00016528">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="008E4FE0">
         <w:t>That it can be translated into PDF.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408D45A0" w14:textId="77777777" w:rsidR="00C1545B" w:rsidRDefault="00AC2EAC" w:rsidP="00831DFC">
       <w:r w:rsidRPr="008E4FE0">
-        <w:lastRenderedPageBreak/>
         <w:t>Tables, such as</w:t>
       </w:r>
       <w:r w:rsidR="002C10B0" w:rsidRPr="008E4FE0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C345E5">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00C345E5">
         <w:instrText xml:space="preserve"> REF _Ref129783711 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00C345E5">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009933F1">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="009933F1">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00C345E5">
         <w:fldChar w:fldCharType="end"/>
@@ -1137,50 +1117,51 @@
       <w:r w:rsidR="002C10B0" w:rsidRPr="008E4FE0">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C1545B">
         <w:t>The style for tables is “Plain Table 2” found under the “Table Design” tab</w:t>
       </w:r>
       <w:r w:rsidR="002C10B0" w:rsidRPr="008E4FE0">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00831DFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA1BED">
         <w:t>The style for table captions is “Table Caption”.</w:t>
       </w:r>
       <w:r w:rsidR="00BB2303">
         <w:t xml:space="preserve"> The text style for table content is “Table”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B4EE1C" w14:textId="77777777" w:rsidR="00016528" w:rsidRDefault="00016528" w:rsidP="00831DFC">
       <w:pPr>
         <w:pStyle w:val="TableCaption"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Ref129783711"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ Table \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009933F1">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>. Sample table.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
@@ -1772,56 +1753,56 @@
       </w:pPr>
       <w:r w:rsidRPr="008E4FE0">
         <w:t>APPENDIX A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="266070AD" w14:textId="77777777" w:rsidR="00132429" w:rsidRPr="00132429" w:rsidRDefault="00132429" w:rsidP="00B82161">
       <w:r w:rsidRPr="00132429">
         <w:t>If necessary, include Appendices numbered in upper case alphabetical order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CCF696C" w14:textId="77777777" w:rsidR="009F546C" w:rsidRPr="007D3221" w:rsidRDefault="00132429" w:rsidP="00B82161">
       <w:r w:rsidRPr="00132429">
         <w:t xml:space="preserve">To ensure a uniform, professional look at the proceedings, please only modify the format of this template after checking with the </w:t>
       </w:r>
       <w:r w:rsidR="00A91FE3">
         <w:t>publication chair</w:t>
       </w:r>
       <w:r w:rsidRPr="00132429">
         <w:t xml:space="preserve"> firs</w:t>
       </w:r>
       <w:r>
         <w:t>t.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009F546C" w:rsidRPr="007D3221" w:rsidSect="003C71A2">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="01E750A9" w14:textId="77777777" w:rsidR="009933F1" w:rsidRDefault="009933F1" w:rsidP="00B82161">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1350A684" w14:textId="77777777" w:rsidR="009933F1" w:rsidRDefault="009933F1" w:rsidP="00B82161">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -2753,51 +2734,50 @@
   <w:num w:numId="4" w16cid:durableId="2077894004">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="413624238">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="839858030">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1826781609">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2056612325">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2876,55 +2856,57 @@
     <w:rsid w:val="00343A2F"/>
     <w:rsid w:val="00355E5C"/>
     <w:rsid w:val="00364223"/>
     <w:rsid w:val="00372303"/>
     <w:rsid w:val="003839F1"/>
     <w:rsid w:val="00385B60"/>
     <w:rsid w:val="003962AA"/>
     <w:rsid w:val="003B5B3B"/>
     <w:rsid w:val="003C2822"/>
     <w:rsid w:val="003C5C0F"/>
     <w:rsid w:val="003C71A2"/>
     <w:rsid w:val="003E6A1B"/>
     <w:rsid w:val="00407BA2"/>
     <w:rsid w:val="00407F11"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="004140E3"/>
     <w:rsid w:val="0043258A"/>
     <w:rsid w:val="00434FEA"/>
     <w:rsid w:val="00444DEC"/>
     <w:rsid w:val="00452CA0"/>
     <w:rsid w:val="004848C7"/>
     <w:rsid w:val="00493F85"/>
     <w:rsid w:val="00495642"/>
     <w:rsid w:val="004A3938"/>
     <w:rsid w:val="004A4CD5"/>
+    <w:rsid w:val="004C10B0"/>
     <w:rsid w:val="004C77BE"/>
     <w:rsid w:val="004D0E2F"/>
     <w:rsid w:val="004E1BA2"/>
     <w:rsid w:val="00500A62"/>
     <w:rsid w:val="00504FE1"/>
+    <w:rsid w:val="005179A7"/>
     <w:rsid w:val="00530AFA"/>
     <w:rsid w:val="00533EBF"/>
     <w:rsid w:val="005404CE"/>
     <w:rsid w:val="00544793"/>
     <w:rsid w:val="005466E3"/>
     <w:rsid w:val="00573BE8"/>
     <w:rsid w:val="00587BD2"/>
     <w:rsid w:val="00593473"/>
     <w:rsid w:val="005A6638"/>
     <w:rsid w:val="005B3CF6"/>
     <w:rsid w:val="005B7719"/>
     <w:rsid w:val="005E0F45"/>
     <w:rsid w:val="005E3446"/>
     <w:rsid w:val="00601250"/>
     <w:rsid w:val="00601587"/>
     <w:rsid w:val="00603B6E"/>
     <w:rsid w:val="006078E2"/>
     <w:rsid w:val="006159C3"/>
     <w:rsid w:val="00624B8B"/>
     <w:rsid w:val="00645E9E"/>
     <w:rsid w:val="00647BD7"/>
     <w:rsid w:val="00656A02"/>
     <w:rsid w:val="006631E4"/>
     <w:rsid w:val="006645FE"/>
     <w:rsid w:val="00671195"/>
@@ -4424,51 +4406,51 @@
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\jdavis\American%20Nuclear%20Society\Meetings%20and%20Events%20-%20General\_2025%20Meetings\2025%20Annual%20Meeting\Embedded%20-%20PSA\PSA%202025%20Call%20for%20Papers\PSA%202025%20Paper%20Template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4768,61 +4750,69 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Preview xmlns="849846e1-bda1-47e0-aa50-8d0330532529" xsi:nil="true"/>
+    <preview0 xmlns="849846e1-bda1-47e0-aa50-8d0330532529" xsi:nil="true"/>
+    <TaxCatchAll xmlns="c0bc0778-b2ef-4fff-b38e-f356b7192932" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="849846e1-bda1-47e0-aa50-8d0330532529">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C8461321C1F54446BFD4E987FDA88BEF" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3064306abf73d51bb7169352f5550454">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="849846e1-bda1-47e0-aa50-8d0330532529" xmlns:ns3="c0bc0778-b2ef-4fff-b38e-f356b7192932" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="921e498db8e272a01b66ff58f8ef50c7" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C8461321C1F54446BFD4E987FDA88BEF" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0665f04ac5122069df319779a07d14d7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="849846e1-bda1-47e0-aa50-8d0330532529" xmlns:ns3="c0bc0778-b2ef-4fff-b38e-f356b7192932" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ada03d36ad555ea6088892ae4fdf07db" ns2:_="" ns3:_="">
     <xsd:import namespace="849846e1-bda1-47e0-aa50-8d0330532529"/>
     <xsd:import namespace="c0bc0778-b2ef-4fff-b38e-f356b7192932"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:Preview" minOccurs="0"/>
                 <xsd:element ref="ns2:preview0" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -5049,156 +5039,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FAED9AC-DFE9-48CF-B050-8CEDC72143AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="849846e1-bda1-47e0-aa50-8d0330532529"/>
+    <ds:schemaRef ds:uri="c0bc0778-b2ef-4fff-b38e-f356b7192932"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88DEFB55-D070-874A-80E9-D1A7FC3CA90F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35C2715B-A371-4259-84BE-CFFA2DA56AE9}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28AE9806-4D28-4103-81EF-4438DC73FD3F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PSA 2025 Paper Template</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>780</Words>
-  <Characters>4448</Characters>
+  <Words>783</Words>
+  <Characters>4191</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>M&amp;C 2021 Paper Template</vt:lpstr>
       <vt:lpstr>NURETH12 Paper Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>MCD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5218</CharactersWithSpaces>
+  <CharactersWithSpaces>4965</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2359338</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6298</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1026</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>flow_regimes-48</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>M&amp;C 2021 Paper Template</dc:title>
   <dc:subject/>
   <dc:creator>Janet Davis</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C8461321C1F54446BFD4E987FDA88BEF</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>