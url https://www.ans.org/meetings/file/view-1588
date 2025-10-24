--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,93 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
-    <p:sldMasterId id="2147483672" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId6"/>
+    <p:notesMasterId r:id="rId5"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="258" r:id="rId3"/>
-[...1 lines deleted...]
-    <p:sldId id="257" r:id="rId5"/>
+    <p:sldId id="258" r:id="rId2"/>
+    <p:sldId id="256" r:id="rId3"/>
+    <p:sldId id="257" r:id="rId4"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -210,50 +198,58 @@
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="003493"/>
     <a:srgbClr val="004B98"/>
     <a:srgbClr val="BE3636"/>
     <a:srgbClr val="576031"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
+</file>
+
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{4C05AB45-24B6-6646-BE51-88D7452FA4F3}" v="1" dt="2025-10-20T16:12:52.654"/>
+  </p1510:revLst>
+</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
@@ -855,136 +851,127 @@
               </a:solidFill>
             </a:ln>
           </a:top>
         </a:tcBdr>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="bg1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
-    <p:restoredLeft sz="14992" autoAdjust="0"/>
+    <p:restoredLeft sz="14984" autoAdjust="0"/>
     <p:restoredTop sz="96327"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="107" d="100"/>
-          <a:sy n="107" d="100"/>
+          <a:sx n="119" d="100"/>
+          <a:sy n="119" d="100"/>
         </p:scale>
-        <p:origin x="200" y="424"/>
+        <p:origin x="800" y="184"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr varScale="1">
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Jay Bogardus" userId="f4e9cb4c-ecfc-4725-831c-1a17754b526a" providerId="ADAL" clId="{0F5F5EA0-198E-5BC1-B13C-2F277BFA6BBA}"/>
     <pc:docChg chg="modMainMaster">
-      <pc:chgData name="Jay Bogardus" userId="f4e9cb4c-ecfc-4725-831c-1a17754b526a" providerId="ADAL" clId="{0F5F5EA0-198E-5BC1-B13C-2F277BFA6BBA}" dt="2025-08-22T14:56:48.826" v="4" actId="1036"/>
+      <pc:chgData name="Jay Bogardus" userId="f4e9cb4c-ecfc-4725-831c-1a17754b526a" providerId="ADAL" clId="{0F5F5EA0-198E-5BC1-B13C-2F277BFA6BBA}" dt="2025-10-20T16:12:47.738" v="5" actId="735"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldMasterChg chg="modSldLayout">
-        <pc:chgData name="Jay Bogardus" userId="f4e9cb4c-ecfc-4725-831c-1a17754b526a" providerId="ADAL" clId="{0F5F5EA0-198E-5BC1-B13C-2F277BFA6BBA}" dt="2025-08-22T14:56:48.826" v="4" actId="1036"/>
+        <pc:chgData name="Jay Bogardus" userId="f4e9cb4c-ecfc-4725-831c-1a17754b526a" providerId="ADAL" clId="{0F5F5EA0-198E-5BC1-B13C-2F277BFA6BBA}" dt="2025-10-20T16:12:47.738" v="5" actId="735"/>
         <pc:sldMasterMkLst>
           <pc:docMk/>
-          <pc:sldMasterMk cId="2934933602" sldId="2147483660"/>
+          <pc:sldMasterMk cId="2056917942" sldId="2147483672"/>
         </pc:sldMasterMkLst>
-        <pc:sldLayoutChg chg="modSp mod">
-          <pc:chgData name="Jay Bogardus" userId="f4e9cb4c-ecfc-4725-831c-1a17754b526a" providerId="ADAL" clId="{0F5F5EA0-198E-5BC1-B13C-2F277BFA6BBA}" dt="2025-08-22T14:56:48.826" v="4" actId="1036"/>
+        <pc:sldLayoutChg chg="modSp">
+          <pc:chgData name="Jay Bogardus" userId="f4e9cb4c-ecfc-4725-831c-1a17754b526a" providerId="ADAL" clId="{0F5F5EA0-198E-5BC1-B13C-2F277BFA6BBA}" dt="2025-10-20T16:12:47.738" v="5" actId="735"/>
           <pc:sldLayoutMkLst>
             <pc:docMk/>
-            <pc:sldMasterMk cId="2934933602" sldId="2147483660"/>
-            <pc:sldLayoutMk cId="2080906191" sldId="2147483661"/>
+            <pc:sldMasterMk cId="2056917942" sldId="2147483672"/>
+            <pc:sldLayoutMk cId="579142579" sldId="2147483679"/>
           </pc:sldLayoutMkLst>
-          <pc:picChg chg="mod">
-[...7 lines deleted...]
-          </pc:picChg>
         </pc:sldLayoutChg>
       </pc:sldMasterChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1025,51 +1012,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{21C5A6E9-C7F6-A94D-86A0-DC80ECEB71E8}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1305,95 +1292,55 @@
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
-[...27 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-</file>
-[...10 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -1542,51 +1489,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1933,51 +1880,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2123,51 +2070,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2197,374 +2144,52 @@
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2660515229"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
-[...320 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Title and Content">
+  <p:cSld name="1_Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -2705,51 +2330,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Date Placeholder 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBBB0095-2F5A-494C-8CA2-A6C4638EB370}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Footer Placeholder 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CDDB342-D2DD-6B40-AD2A-E7E523943F0D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2770,1447 +2395,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{23C6260E-304F-4BA0-8E11-6E941ACC6DAE}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3510886351"/>
-      </p:ext>
-[...1395 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1611601262"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
@@ -4383,707 +2611,50 @@
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3608774647"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
-[...655 lines deleted...]
-
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
@@ -5224,51 +2795,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5465,51 +3036,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5841,51 +3412,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5970,51 +3541,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6077,51 +3648,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6364,51 +3935,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6631,51 +4202,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6705,92 +4276,88 @@
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="124681779"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId13">
+          <a:blip r:embed="rId14">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10556005" y="6294637"/>
             <a:ext cx="1204551" cy="443466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -6929,51 +4496,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7DAC596B-4AE8-4712-B308-997991F60E70}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/22/25</a:t>
+              <a:t>10/20/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -7030,685 +4597,51 @@
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2934933602"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
     <p:sldLayoutId id="2147483666" r:id="rId6"/>
     <p:sldLayoutId id="2147483667" r:id="rId7"/>
     <p:sldLayoutId id="2147483668" r:id="rId8"/>
     <p:sldLayoutId id="2147483669" r:id="rId9"/>
     <p:sldLayoutId id="2147483670" r:id="rId10"/>
     <p:sldLayoutId id="2147483671" r:id="rId11"/>
-  </p:sldLayoutIdLst>
-[...633 lines deleted...]
-    <p:sldLayoutId id="2147483683" r:id="rId11"/>
+    <p:sldLayoutId id="2147483674" r:id="rId12"/>
   </p:sldLayoutIdLst>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="95000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3600" b="0" kern="1200">
           <a:solidFill>
@@ -7977,51 +4910,51 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -9328,311 +6261,50 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_ANS 16x9_02_ NEW">
-[...259 lines deleted...]
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -9885,89 +6557,87 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>ANS 16x9_02_ NEW</Template>
+  <Template/>
   <TotalTime></TotalTime>
   <Words>118</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>18</Paragraphs>
   <Slides>3</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Franklin Gothic Demi Cond</vt:lpstr>
       <vt:lpstr>Franklin Gothic Medium</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>ANS 16x9_02_ NEW</vt:lpstr>
-      <vt:lpstr>1_ANS 16x9_02_ NEW</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Title of Presentation</vt:lpstr>
       <vt:lpstr>Text Slide Sample</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Valerie Gravley</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>